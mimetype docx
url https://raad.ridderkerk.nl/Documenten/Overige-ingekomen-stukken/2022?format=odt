--- v0 (2025-11-29)
+++ v1 (2025-12-01)
@@ -211,600 +211,675 @@
     <style:style style:name="fr3" style:family="graphic" style:parent-style-name="Graphics">
       <style:graphic-properties fo:margin-left="0in" fo:margin-right="0in" fo:margin-top="0in" fo:margin-bottom="0in" style:run-through="background" style:wrap="run-through" style:number-wrapped-paragraphs="no-limit" style:vertical-pos="from-top" style:vertical-rel="paragraph" style:horizontal-pos="from-left" style:horizontal-rel="paragraph" fo:background-color="#ffffff" style:background-transparency="100%" draw:fill="solid" draw:fill-color="#ffffff" draw:opacity="0%" fo:padding="0.0008in" fo:border="none" style:mirror="none" fo:clip="rect(0in, 0in, 0in, 0in)" draw:luminance="0%" draw:contrast="0%" draw:red="0%" draw:green="0%" draw:blue="0%" draw:gamma="100%" draw:color-inversion="false" draw:image-opacity="100%" draw:color-mode="standard"/>
     </style:style>
     <style:style style:name="fr4" style:family="graphic" style:parent-style-name="Graphics">
       <style:graphic-properties fo:margin-left="0in" fo:margin-right="0in" fo:margin-top="0in" fo:margin-bottom="0in" style:wrap="parallel" style:number-wrapped-paragraphs="no-limit" style:wrap-contour="false" style:vertical-pos="from-top" style:horizontal-pos="center" style:horizontal-rel="page-content" fo:background-color="transparent" draw:fill="none" draw:fill-color="#ffffff" fo:padding="0.0008in" fo:border="none" style:mirror="none" fo:clip="rect(0in, 0in, 0in, 0in)" draw:luminance="0%" draw:contrast="0%" draw:red="0%" draw:green="0%" draw:blue="0%" draw:gamma="100%" draw:color-inversion="false" draw:image-opacity="100%" draw:color-mode="standard"/>
     </style:style>
   </office:automatic-styles>
   <office:body>
     <office:text text:use-soft-page-breaks="true">
       <office:forms form:automatic-focus="false" form:apply-design-mode="false"/>
       <text:sequence-decls>
         <text:sequence-decl text:display-outline-level="0" text:name="Illustration"/>
         <text:sequence-decl text:display-outline-level="0" text:name="Table"/>
         <text:sequence-decl text:display-outline-level="0" text:name="Text"/>
         <text:sequence-decl text:display-outline-level="0" text:name="Drawing"/>
         <text:sequence-decl text:display-outline-level="0" text:name="Figure"/>
       </text:sequence-decls>
       <table:table table:name="Table1" table:style-name="Table1">
         <table:table-column table:style-name="Table1.A"/>
         <table:table-column table:style-name="Table1.B"/>
         <table:table-column table:style-name="Table1.C"/>
         <table:table-column table:style-name="Table1.D"/>
         <table:table-row table:style-name="Table1.1">
           <table:table-cell table:style-name="Table1.A1" table:number-rows-spanned="2" office:value-type="string">
             <text:p text:style-name="Standard">
-              <draw:frame draw:style-name="fr4" draw:name="Image1" text:anchor-type="as-char" svg:y="0in" svg:width="0.589in" svg:height="0.7874in" draw:z-index="26">
+              <draw:frame draw:style-name="fr4" draw:name="Image1" text:anchor-type="as-char" svg:y="0in" svg:width="0.589in" svg:height="0.7874in" draw:z-index="30">
                 <draw:image xlink:href="Pictures/10000001000001EA0000028F8C70690D.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
               </draw:frame>
             </text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" table:number-rows-spanned="2" office:value-type="string">
             <text:p text:style-name="P1">Gemeenteraad Ridderkerk</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
             <text:p text:style-name="P9">Aangemaakt op:</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
             <text:p text:style-name="P14"/>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table1.2">
           <table:covered-table-cell table:style-name="Table1.A1"/>
           <table:covered-table-cell table:style-name="Table1.A1"/>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
-            <text:p text:style-name="P10">30-11-2025 00:15</text:p>
+            <text:p text:style-name="P10">01-12-2025 04:22</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
             <text:p text:style-name="P14">
               <text:bookmark text:name="_Hlk112835992"/>
             </text:p>
           </table:table-cell>
         </table:table-row>
       </table:table>
       <text:p text:style-name="P15"/>
       <text:p text:style-name="P15">
         <draw:frame draw:style-name="fr3" draw:name="Image2" text:anchor-type="char" svg:x="0in" svg:y="0.0008in" svg:width="6.6764in" svg:height="0.0161in" draw:z-index="0">
           <draw:image xlink:href="Pictures/10000001000005A200000002F2BB9C19.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
         </draw:frame>
       </text:p>
       <table:table table:name="Table2" table:style-name="Table2">
         <table:table-column table:style-name="Table2.A"/>
         <table:table-column table:style-name="Table2.B"/>
         <table:table-row table:style-name="Table2.1">
           <table:table-cell table:style-name="Table2.A1" office:value-type="string">
             <text:p text:style-name="P6">Overige ingekomen stukken</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table2.A1" office:value-type="string">
             <text:p text:style-name="P7">
-              <draw:frame draw:style-name="fr2" draw:name="Image3" text:anchor-type="char" svg:x="2.2173in" svg:y="0.0189in" svg:width="0.1862in" svg:height="0.1862in" draw:z-index="25">
+              <draw:frame draw:style-name="fr2" draw:name="Image3" text:anchor-type="char" svg:x="2.2173in" svg:y="0.0189in" svg:width="0.1862in" svg:height="0.1862in" draw:z-index="29">
                 <draw:image xlink:href="Pictures/100000010000080000000800C9F7B2FE.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
               </draw:frame>
-              12
+              14
             </text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table2.2">
           <table:table-cell table:style-name="Table2.A1" office:value-type="string">
-            <text:p text:style-name="P8">Periode: november 2022</text:p>
+            <text:p text:style-name="P8">Periode: december 2022</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table2.A1" office:value-type="string">
             <text:p text:style-name="P19"/>
           </table:table-cell>
         </table:table-row>
       </table:table>
       <text:p text:style-name="P16"/>
       <text:p text:style-name="P17"/>
       <text:p text:style-name="P17"/>
       <text:p text:style-name="P17"/>
       <table:table table:name="Table3" table:style-name="Table3">
         <table:table-column table:style-name="Table3.A"/>
         <table:table-column table:style-name="Table3.B"/>
         <table:table-column table:style-name="Table3.C"/>
         <table:table-column table:style-name="Table3.D"/>
         <table:table-column table:style-name="Table3.E"/>
         <table:table-row table:style-name="Table3.1">
           <table:table-cell table:style-name="Table3.A1" office:value-type="string">
             <text:p text:style-name="P11">#</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A1" office:value-type="string">
             <text:p text:style-name="P20">Naam van document</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A1" office:value-type="string">
             <text:p text:style-name="P21">Pub. datum</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A1" office:value-type="string">
             <text:p text:style-name="P21">Info</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A1" office:value-type="string">
             <text:p text:style-name="P18"/>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">1.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-11-14 Zienswijze strategisch beleidsplan 2023-2026 Politie eenheid Rotterdam
+              2022-12-16 MRDH Onderzoek Rekenkamer Rotterdam bijdragen aan regionale economie
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">25-11-2022</text:p>
-[...14 lines deleted...]
-                <draw:frame draw:style-name="fr1" draw:name="Image5" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="24">
+            <text:p text:style-name="P4">23-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image4" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="14">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">291,67 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-12-16-MRDH-Onderzoek-Rekenkamer-Rotterdam-bijdragen-aan-regionale-economie.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image5" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="28">
                   <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
                 </draw:frame>
                 <text:span text:style-name="ListLabel_20_11">
                   <text:span text:style-name="T3">Bekijk</text:span>
                 </text:span>
               </text:a>
             </text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">2.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-11-23 Herfstbrief Nederlandse Vereniging voor Raadsleden 2022
+              2024 GRJR Kadernota
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">25-11-2022</text:p>
-[...14 lines deleted...]
-                <draw:frame draw:style-name="fr1" draw:name="Image7" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="23">
+            <text:p text:style-name="P4">21-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image6" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="13">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">439,85 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2024-GRJR-Kadernota.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image7" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="27">
                   <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
                 </draw:frame>
                 <text:span text:style-name="ListLabel_20_11">
                   <text:span text:style-name="T3">Bekijk</text:span>
                 </text:span>
               </text:a>
             </text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">3.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-11-22-VPPG Vervolgmail vergoeding contributie vakvereniging
+              2022-12-20 GRJR Mail Kadernota 2024
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">25-11-2022</text:p>
-[...14 lines deleted...]
-                <draw:frame draw:style-name="fr1" draw:name="Image9" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="22">
+            <text:p text:style-name="P4">21-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image8" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="12">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">95,96 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-12-20-GRJR-Mail-met-Kadernota-2024.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image9" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="26">
                   <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
                 </draw:frame>
                 <text:span text:style-name="ListLabel_20_11">
                   <text:span text:style-name="T3">Bekijk</text:span>
                 </text:span>
               </text:a>
             </text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">4.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-11-19 Cloosterman artikel CO2 en methaan
+              2022-12-15 Nieuwsbrief Ondernemend Ridderkerk december 2022
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">25-11-2022</text:p>
-[...14 lines deleted...]
-                <draw:frame draw:style-name="fr1" draw:name="Image11" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="21">
+            <text:p text:style-name="P4">16-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image10" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="11">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">2,48 MB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-12-15-Nieuwsbrief-Ondernemend-Ridderkerk-december-2022.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image11" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="25">
                   <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
                 </draw:frame>
                 <text:span text:style-name="ListLabel_20_11">
                   <text:span text:style-name="T3">Bekijk</text:span>
                 </text:span>
               </text:a>
             </text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">5.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-11-17 Brief OR aan raden Waarborgen toekomstbestendige organisaties
+              Jaarverslag 2022 RKC Ridderkerk
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">18-11-2022</text:p>
-[...14 lines deleted...]
-                <draw:frame draw:style-name="fr1" draw:name="Image13" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="20">
+            <text:p text:style-name="P4">13-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image12" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="10">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">415,88 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/Jaarverslag-2022-RKC-Ridderkerk.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image13" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="24">
                   <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
                 </draw:frame>
                 <text:span text:style-name="ListLabel_20_11">
                   <text:span text:style-name="T3">Bekijk</text:span>
                 </text:span>
               </text:a>
             </text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">6.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-11-08 Staphorst motie PAS-knelgevallen
+              2022-012 Brief Rkc Ridderkerk Jaarverslag 2022
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">18-11-2022</text:p>
-[...14 lines deleted...]
-                <draw:frame draw:style-name="fr1" draw:name="Image15" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="19">
+            <text:p text:style-name="P4">13-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image14" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="9">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">293,47 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-012-Brief-Rkc-Ridderkerk-Jaarverslag-2022.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image15" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="23">
                   <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
                 </draw:frame>
                 <text:span text:style-name="ListLabel_20_11">
                   <text:span text:style-name="T3">Bekijk</text:span>
                 </text:span>
               </text:a>
             </text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">7.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-11-10 Hilvarenbeek motie inburgering statushouders 65plus
+              2022-11-29 Motie 22-34 Coevorden afkeuring uitspraken Van Meijeren
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">18-11-2022</text:p>
-[...24 lines deleted...]
-        <text:soft-page-break/>
+            <text:p text:style-name="P4">09-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image16" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="8">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">670,04 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/Motie-22-34-Coevorden-afkeuring-uitspraken-Van-Meijeren.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image17" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="22">
+                  <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+                </draw:frame>
+                <text:span text:style-name="ListLabel_20_11">
+                  <text:span text:style-name="T3">Bekijk</text:span>
+                </text:span>
+              </text:a>
+            </text:p>
+          </table:table-cell>
+        </table:table-row>
         <table:table-row table:style-name="Table3.2">
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P12">8.</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
             <text:p text:style-name="P2">
-              2022-10-21 Zoetermeer structuur en procedure RES RDH
+              2022-12-01 Cloosterman De Zon grootste aandeel extra opwarming
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P3">
+              <text:soft-page-break/>
+            </text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P4">09-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image18" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="7">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">946,88 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-12-01-Cloosterman-De-Zon-grootste-aandeel-extra-opwarming.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image19" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="21">
+                  <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+                </draw:frame>
+                <text:span text:style-name="ListLabel_20_11">
+                  <text:span text:style-name="T3">Bekijk</text:span>
+                </text:span>
+              </text:a>
+            </text:p>
+          </table:table-cell>
+        </table:table-row>
+        <table:table-row table:style-name="Table3.2">
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P12">9.</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              2022-11-29 Wijkoverleg Rijsoord brief ontwikkelingen Boomgaard Noldijk
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">18-11-2022</text:p>
-[...30 lines deleted...]
-              2022-11-02 BIZ Winkelhart verduurzaming en energiekosten
+            <text:p text:style-name="P4">09-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image20" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="6">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">541,50 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-11-29-Wijkoverleg-Rijsoord-brief-ontwikkelingen-Boomgaard-Noldijk.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image21" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="20">
+                  <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+                </draw:frame>
+                <text:span text:style-name="ListLabel_20_11">
+                  <text:span text:style-name="T3">Bekijk</text:span>
+                </text:span>
+              </text:a>
+            </text:p>
+          </table:table-cell>
+        </table:table-row>
+        <table:table-row table:style-name="Table3.2">
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P12">10.</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              2022-12-01 Natuur en Milieufederatie brief over wasbare luiers
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">16-11-2022</text:p>
-[...30 lines deleted...]
-              2022-10-15 VPPG contributie beroepsvereniging
+            <text:p text:style-name="P4">02-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image22" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="5">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">213,08 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-12-01-Natuur-en-Milieufederatie-brief-over-wasbare-luiers.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image23" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="19">
+                  <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+                </draw:frame>
+                <text:span text:style-name="ListLabel_20_11">
+                  <text:span text:style-name="T3">Bekijk</text:span>
+                </text:span>
+              </text:a>
+            </text:p>
+          </table:table-cell>
+        </table:table-row>
+        <table:table-row table:style-name="Table3.2">
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P12">11.</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              2022-11-20 Mail bedrijfsactiviteiten Oosterparkweg 35
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">16-11-2022</text:p>
-[...30 lines deleted...]
-              2022-11-10 Mail Nieuwsbrief Ondernemend Ridderkerk oktober
+            <text:p text:style-name="P4">02-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image24" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="4">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">72,74 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-11-20-Mail-bedrijfsactiviteiten-Oosterparkweg-35.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image25" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="18">
+                  <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+                </draw:frame>
+                <text:span text:style-name="ListLabel_20_11">
+                  <text:span text:style-name="T3">Bekijk</text:span>
+                </text:span>
+              </text:a>
+            </text:p>
+          </table:table-cell>
+        </table:table-row>
+        <table:table-row table:style-name="Table3.2">
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P12">12.</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              2022-11-25 VRR Reactie zienswijzen Beleidsplan 2023-2027
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">11-11-2022</text:p>
-[...30 lines deleted...]
-              2022-11-07 OZHW reactie op raadsvoorstel uitbreiding Gemini College
+            <text:p text:style-name="P4">01-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image26" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="3">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">104,99 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-11-25-VRR-Reactie-zienswijzen-Beleidsplan-2023-2027.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image27" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="17">
+                  <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+                </draw:frame>
+                <text:span text:style-name="ListLabel_20_11">
+                  <text:span text:style-name="T3">Bekijk</text:span>
+                </text:span>
+              </text:a>
+            </text:p>
+          </table:table-cell>
+        </table:table-row>
+        <table:table-row table:style-name="Table3.2">
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P12">13.</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              2022-11-25 VRR Reactie zienswijzen 2e begrotingswijziging 2022
               <text:span text:style-name="T2"/>
             </text:p>
             <text:p text:style-name="P3"/>
           </table:table-cell>
           <table:table-cell table:style-name="Table3.A2" office:value-type="string">
-            <text:p text:style-name="P4">11-11-2022</text:p>
-[...14 lines deleted...]
-                <draw:frame draw:style-name="fr1" draw:name="Image27" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="13">
+            <text:p text:style-name="P4">01-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image28" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="2">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">89,43 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-11-25-VRR-Reactie-zienswijzen-2e-begrotingswijziging-2022.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image29" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="16">
+                  <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+                </draw:frame>
+                <text:span text:style-name="ListLabel_20_11">
+                  <text:span text:style-name="T3">Bekijk</text:span>
+                </text:span>
+              </text:a>
+            </text:p>
+          </table:table-cell>
+        </table:table-row>
+        <table:table-row table:style-name="Table3.2">
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P12">14.</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              2022-11-25 VRR Overzicht zienswijzen 2e begrotingswijziging 2022
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P3"/>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P4">01-12-2022</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P2">
+              <draw:frame draw:style-name="fr1" draw:name="Image30" text:anchor-type="char" svg:x="0.7335in" svg:y="0.2071in" svg:width="0.0161in" svg:height="0.3992in" draw:z-index="1">
+                <draw:image xlink:href="Pictures/1000000100000004000000563050EE87.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
+              </draw:frame>
+              PDF,
+              <text:span text:style-name="T2"/>
+            </text:p>
+            <text:p text:style-name="P5">56,73 KB</text:p>
+          </table:table-cell>
+          <table:table-cell table:style-name="Table3.A2" office:value-type="string">
+            <text:p text:style-name="P22">
+              <text:a xlink:type="simple" xlink:href="https://raad.ridderkerk.nl/Documenten/2022-11-25-VRR-Overzicht-zienswijzen-2e-begrotingswijziging-2022.pdf" text:style-name="Internet_20_link" text:visited-style-name="Visited_20_Internet_20_Link">
+                <draw:frame draw:style-name="fr1" draw:name="Image31" text:anchor-type="char" svg:x="0.5335in" svg:y="0.1819in" svg:width="0.0709in" svg:height="0.1425in" draw:z-index="15">
                   <draw:image xlink:href="Pictures/1000000100000400000008003EEB60D5.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
                 </draw:frame>
                 <text:span text:style-name="ListLabel_20_11">
                   <text:span text:style-name="T3">Bekijk</text:span>
                 </text:span>
               </text:a>
             </text:p>
           </table:table-cell>
         </table:table-row>
       </table:table>
       <text:p text:style-name="P23">
         <text:bookmark-start text:name="_PictureBullets"/>
         <text:bookmark-end text:name="_PictureBullets"/>
       </text:p>
     </office:text>
   </office:body>
 </office:document-content>
 </file>
 
 <file path=meta.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-meta xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:ooo="http://openoffice.org/2004/office" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" office:version="1.3">
   <office:meta>
     <meta:creation-date>2022-08-31T08:58:00</meta:creation-date>
     <dc:creator>Desmond Drijfhout</dc:creator>
     <dc:date>2024-02-14T14:20:00</dc:date>
     <meta:editing-cycles>1</meta:editing-cycles>
     <meta:editing-duration>PT1M</meta:editing-duration>
-    <meta:document-statistic meta:table-count="3" meta:image-count="27" meta:object-count="0" meta:page-count="2" meta:paragraph-count="83" meta:word-count="167" meta:character-count="1215" meta:non-whitespace-character-count="1130"/>
+    <meta:document-statistic meta:table-count="3" meta:image-count="31" meta:object-count="0" meta:page-count="2" meta:paragraph-count="95" meta:word-count="193" meta:character-count="1331" meta:non-whitespace-character-count="1232"/>
     <meta:generator>LibreOffice/7.6.7.2$Linux_X86_64 LibreOffice_project/60$Build-2</meta:generator>
     <meta:user-defined meta:name="AppVersion">16.0000</meta:user-defined>
   </office:meta>
 </office:document-meta>
 </file>
 
 <file path=settings.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-settings xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:ooo="http://openoffice.org/2004/office" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" office:version="1.3">
   <office:settings>
     <config:config-item-set config:name="ooo:view-settings">
       <config:config-item config:name="ViewAreaTop" config:type="long">0</config:config-item>
       <config:config-item config:name="ViewAreaLeft" config:type="long">0</config:config-item>
       <config:config-item config:name="ViewAreaWidth" config:type="long">19502</config:config-item>
       <config:config-item config:name="ViewAreaHeight" config:type="long">12569</config:config-item>
       <config:config-item config:name="ShowRedlineChanges" config:type="boolean">true</config:config-item>
       <config:config-item config:name="InBrowseMode" config:type="boolean">false</config:config-item>
       <config:config-item-map-indexed config:name="Views">
         <config:config-item-map-entry>
           <config:config-item config:name="ViewId" config:type="string">view2</config:config-item>
           <config:config-item config:name="ViewLeft" config:type="long">3000</config:config-item>
           <config:config-item config:name="ViewTop" config:type="long">3000</config:config-item>
           <config:config-item config:name="VisibleLeft" config:type="long">0</config:config-item>
           <config:config-item config:name="VisibleTop" config:type="long">0</config:config-item>
           <config:config-item config:name="VisibleRight" config:type="long">19500</config:config-item>
           <config:config-item config:name="VisibleBottom" config:type="long">12568</config:config-item>
@@ -838,51 +913,51 @@
       <config:config-item config:name="GutterAtTop" config:type="boolean">false</config:config-item>
       <config:config-item config:name="ContinuousEndnotes" config:type="boolean">true</config:config-item>
       <config:config-item config:name="FrameAutowidthWithMorePara" config:type="boolean">true</config:config-item>
       <config:config-item config:name="SubtractFlysAnchoredAtFlys" config:type="boolean">false</config:config-item>
       <config:config-item config:name="SurroundTextWrapSmall" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintControls" config:type="boolean">true</config:config-item>
       <config:config-item config:name="TreatSingleColumnBreakAsPageBreak" config:type="boolean">false</config:config-item>
       <config:config-item config:name="TabOverSpacing" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AutoFirstLineIndentDisregardLineSpace" config:type="boolean">true</config:config-item>
       <config:config-item config:name="TabOverMargin" config:type="boolean">true</config:config-item>
       <config:config-item config:name="EmbedComplexScriptFonts" config:type="boolean">true</config:config-item>
       <config:config-item config:name="EmbedAsianScriptFonts" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintTextPlaceholder" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmbedSystemFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmbedFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="DisableOffPagePositioning" config:type="boolean">false</config:config-item>
       <config:config-item config:name="BackgroundParaOverDrawings" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AllowPrintJobCancel" config:type="boolean">true</config:config-item>
       <config:config-item config:name="AddVerticalFrameOffsets" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ProtectBookmarks" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AddFrameOffsets" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintBlackFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="TableRowKeep" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ApplyParagraphMarkFormatToNumbering" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrinterIndependentLayout" config:type="string">high-resolution</config:config-item>
-      <config:config-item config:name="RsidRoot" config:type="int">1163472</config:config-item>
+      <config:config-item config:name="RsidRoot" config:type="int">469389</config:config-item>
       <config:config-item config:name="PrintProspect" config:type="boolean">false</config:config-item>
       <config:config-item config:name="CollapseEmptyCellPara" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintPaperFromSetup" config:type="boolean">false</config:config-item>
       <config:config-item config:name="CurrentDatabaseCommand" config:type="string"/>
       <config:config-item config:name="CurrentDatabaseDataSource" config:type="string"/>
       <config:config-item config:name="SaveThumbnail" config:type="boolean">true</config:config-item>
       <config:config-item config:name="EmbeddedDatabaseName" config:type="string"/>
       <config:config-item config:name="UnbreakableNumberings" config:type="boolean">true</config:config-item>
       <config:config-item config:name="SaveGlobalDocumentLinks" config:type="boolean">false</config:config-item>
       <config:config-item config:name="MsWordCompTrailingBlanks" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintTables" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintLeftPages" config:type="boolean">true</config:config-item>
       <config:config-item config:name="AddParaTableSpacing" config:type="boolean">false</config:config-item>
       <config:config-item config:name="PrinterPaperFromSetup" config:type="boolean">false</config:config-item>
       <config:config-item config:name="CurrentDatabaseCommandType" config:type="int">0</config:config-item>
       <config:config-item config:name="ChartAutoUpdate" config:type="boolean">true</config:config-item>
       <config:config-item config:name="OutlineLevelYieldsNumbering" config:type="boolean">false</config:config-item>
       <config:config-item config:name="UseOldNumbering" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AddParaSpacingToTableCells" config:type="boolean">true</config:config-item>
       <config:config-item config:name="FieldAutoUpdate" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PropLineSpacingShrinksFirstLine" config:type="boolean">true</config:config-item>
       <config:config-item config:name="TabAtLeftIndentForParagraphsInList" config:type="boolean">false</config:config-item>
       <config:config-item config:name="PrintRightPages" config:type="boolean">true</config:config-item>
       <config:config-item config:name="DoNotCaptureDrawObjsOnPage" config:type="boolean">false</config:config-item>
       <config:config-item config:name="LoadReadonly" config:type="boolean">false</config:config-item>
@@ -900,51 +975,51 @@
       <config:config-item config:name="CharacterCompressionType" config:type="short">0</config:config-item>
       <config:config-item config:name="IsLabelDocument" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmbedLatinScriptFonts" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrinterSetup" config:type="base64Binary"/>
       <config:config-item config:name="EmbedOnlyUsedFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="ApplyUserData" config:type="boolean">true</config:config-item>
       <config:config-item config:name="AddParaTableSpacingAtStart" config:type="boolean">true</config:config-item>
       <config:config-item config:name="InvertBorderSpacing" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ProtectFields" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AddExternalLeading" config:type="boolean">true</config:config-item>
       <config:config-item config:name="LinkUpdateMode" config:type="short">1</config:config-item>
       <config:config-item config:name="UseFormerObjectPositioning" config:type="boolean">false</config:config-item>
       <config:config-item config:name="UnxForceZeroExtLeading" config:type="boolean">false</config:config-item>
       <config:config-item config:name="UseFormerTextWrapping" config:type="boolean">false</config:config-item>
       <config:config-item config:name="ConsiderTextWrapOnObjPos" config:type="boolean">true</config:config-item>
       <config:config-item config:name="StylesNoDefault" config:type="boolean">false</config:config-item>
       <config:config-item config:name="IgnoreFirstLineIndentInNumbering" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmptyDbFieldHidesPara" config:type="boolean">true</config:config-item>
       <config:config-item config:name="DoNotResetParaAttrsForNumFont" config:type="boolean">false</config:config-item>
       <config:config-item config:name="IgnoreTabsAndBlanksForLineCalculation" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ClipAsCharacterAnchoredWriterFlyFrames" config:type="boolean">false</config:config-item>
       <config:config-item config:name="DropCapPunctuation" config:type="boolean">true</config:config-item>
       <config:config-item config:name="UseOldPrinterMetrics" config:type="boolean">false</config:config-item>
       <config:config-item config:name="RedlineProtectionKey" config:type="base64Binary"/>
       <config:config-item config:name="TabsRelativeToIndent" config:type="boolean">false</config:config-item>
-      <config:config-item config:name="Rsid" config:type="int">1163472</config:config-item>
+      <config:config-item config:name="Rsid" config:type="int">469389</config:config-item>
       <config:config-item config:name="UpdateFromTemplate" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ProtectForm" config:type="boolean">false</config:config-item>
       <config:config-item config:name="FloattableNomargins" config:type="boolean">false</config:config-item>
       <config:config-item config:name="MsWordCompMinLineHeightByFly" config:type="boolean">false</config:config-item>
       <config:config-item config:name="SmallCapsPercentage66" config:type="boolean">false</config:config-item>
       <config:config-item config:name="TabOverflow" config:type="boolean">true</config:config-item>
     </config:config-item-set>
   </office:settings>
 </office:document-settings>
 </file>
 
 <file path=styles.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-styles xmlns:css3t="http://www.w3.org/TR/css3-text/" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:dom="http://www.w3.org/2001/xml-events" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:ooo="http://openoffice.org/2004/office" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:ooow="http://openoffice.org/2004/writer" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:drawooo="http://openoffice.org/2010/draw" xmlns:oooc="http://openoffice.org/2004/calc" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:calcext="urn:org:documentfoundation:names:experimental:calc:xmlns:calcext:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:of="urn:oasis:names:tc:opendocument:xmlns:of:1.2" xmlns:tableooo="http://openoffice.org/2009/table" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:rpt="http://openoffice.org/2005/report" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:officeooo="http://openoffice.org/2009/office" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:loext="urn:org:documentfoundation:names:experimental:office:xmlns:loext:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:field="urn:openoffice:names:experimental:ooo-ms-interop:xmlns:field:1.0" office:version="1.3">
   <office:font-face-decls>
     <style:font-face style:name="Arial" svg:font-family="Arial" style:font-family-generic="swiss" style:font-pitch="variable"/>
     <style:font-face style:name="Courier New" svg:font-family="'Courier New'" style:font-pitch="variable"/>
     <style:font-face style:name="Courier New1" svg:font-family="'Courier New'" style:font-family-generic="roman" style:font-pitch="variable"/>
     <style:font-face style:name="DejaVu Sans" svg:font-family="'DejaVu Sans'" style:font-pitch="variable"/>
     <style:font-face style:name="DejaVu Sans1" svg:font-family="'DejaVu Sans'" style:font-family-generic="system" style:font-pitch="variable"/>
     <style:font-face style:name="F" svg:font-family="" style:font-pitch="variable"/>
     <style:font-face style:name="Liberation Sans" svg:font-family="'Liberation Sans', Arial" style:font-family-generic="swiss" style:font-pitch="variable"/>
     <style:font-face style:name="Liberation Serif" svg:font-family="'Liberation Serif'" style:font-family-generic="roman" style:font-pitch="variable"/>
     <style:font-face style:name="Noto Sans Devanagari" svg:font-family="'Noto Sans Devanagari'" style:font-pitch="variable"/>
     <style:font-face style:name="Noto Sans Devanagari1" svg:font-family="'Noto Sans Devanagari'" style:font-family-generic="swiss"/>
     <style:font-face style:name="Noto Sans Devanagari2" svg:font-family="'Noto Sans Devanagari'" style:font-family-generic="system" style:font-pitch="variable"/>